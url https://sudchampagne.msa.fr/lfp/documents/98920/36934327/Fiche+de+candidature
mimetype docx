--- v0 (2025-10-30)
+++ v1 (2026-02-11)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7D0B6149" w14:textId="5139C7FC" w:rsidR="003E6A85" w:rsidRDefault="003E6A85" w:rsidP="003E6A85">
+    <w:p w14:paraId="7D0B6149" w14:textId="3268FCE9" w:rsidR="003E6A85" w:rsidRDefault="003E6A85" w:rsidP="003E6A85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1030"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5A6B1F" wp14:editId="3ACC5EA0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -84,78 +84,78 @@
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent6"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent6"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
             <w:pict>
-              <v:rect w14:anchorId="4B392E03" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:48.75pt;margin-top:-.95pt;width:358.1pt;height:112.7pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAe6nIHYwIAACYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r45Tp+uCOkWQosOA&#10;oi3aDj2rshQbkEWNUuJkXz9KdpyiKzZgmA8yJZKP5BOpi8tda9hWoW/Aljw/mXCmrISqseuSf3+6&#10;/nTOmQ/CVsKAVSXfK88vFx8/XHRurqZQg6kUMgKxft65ktchuHmWeVmrVvgTcMqSUgO2ItAW11mF&#10;oiP01mTTyeQs6wArhyCV93R61Sv5IuFrrWS409qrwEzJKbeQVkzrS1yzxYWYr1G4upFDGuIfsmhF&#10;YynoCHUlgmAbbH6DahuJ4EGHEwltBlo3UqUaqJp88qaax1o4lWohcrwbafL/D1bebh/dPRINnfNz&#10;T2KsYqexjX/Kj+0SWfuRLLULTNJhMSvO8+KMM0m6vDjNp6ezSGd2dHfow1cFLYtCyZFuI5Ektjc+&#10;9KYHkxjNwnVjTLoRY6P6mFKSwt6oaGfsg9KsqSiJacJL3aJWBtlW0D0LKZUNZ72qFpXqj2cT+oYM&#10;R4+UbwKMyJrij9j5n7D77Af76KpSs43Ok787jx4pMtgwOreNBXwPwIR8KED39geSemoiSy9Q7e+R&#10;IfSt7p28boj9G+HDvUDqbZoCmtdwR4s20JUcBomzGvDne+fRnlqOtJx1NCsl9z82AhVn5pulZvyS&#10;F0UcrrQpZp+ntMHXmpfXGrtpV0DXlNPL4GQSo30wB1EjtM801ssYlVTCSopdchnwsFmFfobpYZBq&#10;uUxmNFBOhBv76GQEj6zG7nraPQt0QwsG6t5bOMyVmL/pxN42elpYbgLoJrXpkdeBbxrG1DjDwxGn&#10;/fU+WR2ft8UvAAAA//8DAFBLAwQUAAYACAAAACEAt2bt5d4AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3FrnR6VNmk2FgN6hRep1E2+TqLEdYrcJb485wXE0o5lvit2se3Hj&#10;0XXWIMTLCASb2qrONAifx/1iA8J5Mop6axjhmx3syvu7gnJlJ/PBt4NvRCgxLieE1vshl9LVLWty&#10;SzuwCd7Zjpp8kGMj1UhTKNe9TKLoSWrqTFhoaeCXluvL4aoRXqv36S1r0m5O2uMpu0xfJ70nxMeH&#10;+XkLwvPs/8Lwix/QoQxMlb0a5USPkK1XIYmwiDMQwd/E6RpEhZAk6QpkWcj/D8ofAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAB7qcgdjAgAAJgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALdm7eXeAAAACQEAAA8AAAAAAAAAAAAAAAAAvQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADIBQAAAAA=&#10;" filled="f" strokecolor="#422e2e [1609]" strokeweight="1pt"/>
+              <v:rect w14:anchorId="0138E32B" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:48.75pt;margin-top:-.95pt;width:358.1pt;height:112.7pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAe6nIHYwIAACYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r45Tp+uCOkWQosOA&#10;oi3aDj2rshQbkEWNUuJkXz9KdpyiKzZgmA8yJZKP5BOpi8tda9hWoW/Aljw/mXCmrISqseuSf3+6&#10;/nTOmQ/CVsKAVSXfK88vFx8/XHRurqZQg6kUMgKxft65ktchuHmWeVmrVvgTcMqSUgO2ItAW11mF&#10;oiP01mTTyeQs6wArhyCV93R61Sv5IuFrrWS409qrwEzJKbeQVkzrS1yzxYWYr1G4upFDGuIfsmhF&#10;YynoCHUlgmAbbH6DahuJ4EGHEwltBlo3UqUaqJp88qaax1o4lWohcrwbafL/D1bebh/dPRINnfNz&#10;T2KsYqexjX/Kj+0SWfuRLLULTNJhMSvO8+KMM0m6vDjNp6ezSGd2dHfow1cFLYtCyZFuI5Ektjc+&#10;9KYHkxjNwnVjTLoRY6P6mFKSwt6oaGfsg9KsqSiJacJL3aJWBtlW0D0LKZUNZ72qFpXqj2cT+oYM&#10;R4+UbwKMyJrij9j5n7D77Af76KpSs43Ok787jx4pMtgwOreNBXwPwIR8KED39geSemoiSy9Q7e+R&#10;IfSt7p28boj9G+HDvUDqbZoCmtdwR4s20JUcBomzGvDne+fRnlqOtJx1NCsl9z82AhVn5pulZvyS&#10;F0UcrrQpZp+ntMHXmpfXGrtpV0DXlNPL4GQSo30wB1EjtM801ssYlVTCSopdchnwsFmFfobpYZBq&#10;uUxmNFBOhBv76GQEj6zG7nraPQt0QwsG6t5bOMyVmL/pxN42elpYbgLoJrXpkdeBbxrG1DjDwxGn&#10;/fU+WR2ft8UvAAAA//8DAFBLAwQUAAYACAAAACEAt2bt5d4AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3FrnR6VNmk2FgN6hRep1E2+TqLEdYrcJb485wXE0o5lvit2se3Hj&#10;0XXWIMTLCASb2qrONAifx/1iA8J5Mop6axjhmx3syvu7gnJlJ/PBt4NvRCgxLieE1vshl9LVLWty&#10;SzuwCd7Zjpp8kGMj1UhTKNe9TKLoSWrqTFhoaeCXluvL4aoRXqv36S1r0m5O2uMpu0xfJ70nxMeH&#10;+XkLwvPs/8Lwix/QoQxMlb0a5USPkK1XIYmwiDMQwd/E6RpEhZAk6QpkWcj/D8ofAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAB7qcgdjAgAAJgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALdm7eXeAAAACQEAAA8AAAAAAAAAAAAAAAAAvQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADIBQAAAAA=&#10;" filled="f" strokecolor="#422e2e [1609]" strokeweight="1pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Appel à projets inter-régimes 202</w:t>
       </w:r>
-      <w:r w:rsidR="00E45558">
+      <w:r w:rsidR="00941ED7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A033DE" w14:textId="77777777" w:rsidR="003E6A85" w:rsidRDefault="003E6A85" w:rsidP="003E6A85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1030"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -198,159 +198,170 @@
           <w:tab w:val="left" w:pos="1030"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003946C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">  « Actions collectives de prévention »   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D39C2BA" w14:textId="667F765C" w:rsidR="003E6A85" w:rsidRDefault="003E6A85" w:rsidP="003E6A85">
+    <w:p w14:paraId="6D39C2BA" w14:textId="2C33E06B" w:rsidR="003E6A85" w:rsidRDefault="003E6A85" w:rsidP="003E6A85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1030"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003946C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Demande de subvention 202</w:t>
       </w:r>
-      <w:r w:rsidR="00E45558">
+      <w:r w:rsidR="00941ED7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="003946C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF05E31" w14:textId="0537AA88" w:rsidR="003E6A85" w:rsidRPr="003946C8" w:rsidRDefault="003E6A85" w:rsidP="003E6A85">
+    <w:p w14:paraId="5BF05E31" w14:textId="336CDBF9" w:rsidR="003E6A85" w:rsidRPr="003946C8" w:rsidRDefault="003E6A85" w:rsidP="003E6A85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1030"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Date limite de dépôt de candidature </w:t>
       </w:r>
       <w:r w:rsidR="00E45558">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00941ED7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> février 202</w:t>
+        <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00E45558">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> février 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00941ED7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="9D3511" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE9DDD6" w14:textId="77777777" w:rsidR="007B6477" w:rsidRDefault="007B6477" w:rsidP="003A2682">
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F2B2A1A" w14:textId="6F5C9916" w:rsidR="00A31F2E" w:rsidRPr="007B6477" w:rsidRDefault="007B6477" w:rsidP="003A2682">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="732117" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B6477">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="732117" w:themeColor="accent2" w:themeShade="BF"/>
@@ -1439,53 +1450,53 @@
                                   <a:srgbClr val="4472C4"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
-                    <v:shapetype w14:anchorId="0CBA66FC" id="_x0000_t88" coordsize="21600,21600" o:spt="88" adj="1800,10800" path="m,qx10800@0l10800@2qy21600@11,10800@3l10800@1qy,21600e" filled="f">
+                    <v:shapetype w14:anchorId="18DE3629" id="_x0000_t88" coordsize="21600,21600" o:spt="88" adj="1800,10800" path="m,qx10800@0l10800@2qy21600@11,10800@3l10800@1qy,21600e" filled="f">
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="sum 21600 0 #0"/>
                         <v:f eqn="sum #1 0 #0"/>
                         <v:f eqn="sum #1 #0 0"/>
                         <v:f eqn="prod #0 9598 32768"/>
                         <v:f eqn="sum 21600 0 @4"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="min #1 @6"/>
                         <v:f eqn="prod @7 1 2"/>
                         <v:f eqn="prod #0 2 1"/>
                         <v:f eqn="sum 21600 0 @9"/>
                         <v:f eqn="val #1"/>
                       </v:formulas>
                       <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;21600,@11;0,21600" textboxrect="0,@4,7637,@5"/>
                       <v:handles>
                         <v:h position="center,#0" yrange="0,@8"/>
                         <v:h position="bottomRight,#1" yrange="@9,@10"/>
                       </v:handles>
                     </v:shapetype>
                     <v:shape id="Accolade fermante 10" o:spid="_x0000_s1026" type="#_x0000_t88" style="position:absolute;margin-left:322.5pt;margin-top:-27.9pt;width:16.9pt;height:65.75pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWKwAnXwIAAL8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52kbpoZdYosRYcB&#10;wVqgHXpmZMkWpq9JSpzu14+SnbRbdxqWg0CKFMn3/Jir64NWZM99kNbUdHo2oYQbZhtp2pp+e7z9&#10;sKAkRDANKGt4TZ95oNfL9++uelfxme2sargnWMSEqnc17WJ0VVEE1nEN4cw6bjAorNcQ0fVt0Xjo&#10;sbpWxWwymRe99Y3zlvEQ8PZmCNJlri8EZ/FOiMAjUTXF2WI+fT636SyWV1C1Hlwn2TgG/MMUGqTB&#10;pqdSNxCB7Lx8U0pL5m2wIp4xqwsrhGQ8Y0A008kfaB46cDxjQXKCO9EU/l9Z9nX/4O59Gj24jWXf&#10;AzJS9C5Up0hywphzEF6nXBycHDKLzycW+SEShpezaTlfzClhGFqcl4vFZWK5gOr42PkQP3OrSTJq&#10;6mXbxU8eWIIKFew3IQ4Pjonp2thbqVT+XMqQvqbz8wv8oAxQNEJBRFO7pqbBtJSAalGNLPpcMVgl&#10;m/Q6o/Ttdq082QMqoiwvZ+tyHO+3tNT6BkI35OXQoBUtIwpWSY3gJuk3vlYmVedZciOAF+KStbXN&#10;870n3g4aDI7dSmyygRDvwaPoEA0uUrzDQyiLCO1oUdJZ//Nv9ykftYBRSnoUMcL/sQPPKVFfDKrk&#10;47Qsk+qzU15cztDxryPb1xGz02uLrExxZR3LZsqP6mgKb/UT7tsqdcUQGIa9B6JHZx2H5cKNZXy1&#10;ymmodAdxYx4cS8UTT4nex8MTeDeKIKJ6vtqj4N+oYMgddLDaRStklsgLr6NocUuy1MaNTmv42s9Z&#10;L/87y18AAAD//wMAUEsDBBQABgAIAAAAIQC/mcpx4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9NS8NAEIbvgv9hGcGLtBs/kpSYSSmC4KVIq5fettkxCWZnQ3abRn+940lvM8zLO89TrmfXq4nG&#10;0HlGuF0moIhrbztuEN7fnhcrUCEatqb3TAhfFGBdXV6UprD+zDua9rFRUsKhMAhtjEOhdahbciYs&#10;/UAstw8/OhNlHRttR3OWctfruyTJtDMdy4fWDPTUUv25PzkEupnuh0Pi3ev2xR18DNvN984iXl/N&#10;m0dQkeb4F4ZffEGHSpiO/sQ2qB4he0jFJSIs0lQcJJHlKxmOCHmag65K/V+h+gEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDWKwAnXwIAAL8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQC/mcpx4AAAAAoBAAAPAAAAAAAAAAAAAAAAALkEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" adj="463" strokecolor="#4472c4" strokeweight=".5pt">
                       <v:stroke joinstyle="miter"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -2745,127 +2756,127 @@
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidRPr="00E13546">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (obligatoire) du représentant légal de la structure :</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E13546">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77DB9993" w14:textId="77777777" w:rsidR="0080584E" w:rsidRDefault="0080584E" w:rsidP="007B6477">
+    <w:p w14:paraId="2BCCB23A" w14:textId="77777777" w:rsidR="00B002E9" w:rsidRDefault="00B002E9" w:rsidP="007B6477">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B6D41E3" w14:textId="77777777" w:rsidR="0080584E" w:rsidRDefault="0080584E" w:rsidP="007B6477">
+    <w:p w14:paraId="75D754DC" w14:textId="77777777" w:rsidR="00B002E9" w:rsidRDefault="00B002E9" w:rsidP="007B6477">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74464841" w14:textId="77777777" w:rsidR="0080584E" w:rsidRDefault="0080584E" w:rsidP="007B6477">
+    <w:p w14:paraId="4639279A" w14:textId="77777777" w:rsidR="00B002E9" w:rsidRDefault="00B002E9" w:rsidP="007B6477">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39A80B1A" w14:textId="77777777" w:rsidR="0080584E" w:rsidRDefault="0080584E" w:rsidP="007B6477">
+    <w:p w14:paraId="3986C5E7" w14:textId="77777777" w:rsidR="00B002E9" w:rsidRDefault="00B002E9" w:rsidP="007B6477">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="22464FFB" w14:textId="17AA54D2" w:rsidR="003E6A85" w:rsidRDefault="003E6A85">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C84C784" wp14:editId="3BEF9BA3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
@@ -3125,65 +3136,69 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A2682"/>
     <w:rsid w:val="000A29B2"/>
     <w:rsid w:val="001F1C9C"/>
     <w:rsid w:val="002074B6"/>
     <w:rsid w:val="002622DE"/>
     <w:rsid w:val="00327FE7"/>
     <w:rsid w:val="003A2682"/>
     <w:rsid w:val="003E6A85"/>
     <w:rsid w:val="00425DB6"/>
+    <w:rsid w:val="005C7DB2"/>
     <w:rsid w:val="007B6477"/>
     <w:rsid w:val="0080584E"/>
     <w:rsid w:val="00822809"/>
+    <w:rsid w:val="00941ED7"/>
     <w:rsid w:val="00972263"/>
     <w:rsid w:val="00990596"/>
     <w:rsid w:val="00A31F2E"/>
     <w:rsid w:val="00AA41E5"/>
     <w:rsid w:val="00AB6C13"/>
+    <w:rsid w:val="00B002E9"/>
     <w:rsid w:val="00B50355"/>
     <w:rsid w:val="00BD128C"/>
-    <w:rsid w:val="00C97C54"/>
+    <w:rsid w:val="00CD506C"/>
     <w:rsid w:val="00CF2F0F"/>
     <w:rsid w:val="00DE0D22"/>
     <w:rsid w:val="00DE250B"/>
     <w:rsid w:val="00E13546"/>
+    <w:rsid w:val="00E2055D"/>
     <w:rsid w:val="00E45558"/>
     <w:rsid w:val="00ED597D"/>
     <w:rsid w:val="00F25212"/>
     <w:rsid w:val="00FA3561"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>